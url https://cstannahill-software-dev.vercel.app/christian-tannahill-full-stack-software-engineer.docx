--- v0 (2025-11-15)
+++ v1 (2026-02-07)
@@ -1,5528 +1,2931 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
   <w:body>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005B73E8" w:rsidP="69CCA7D0" w:rsidRDefault="00E356E1" w14:paraId="0ACE9864" wp14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="Title"/>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="31E6BDF7" wp14:textId="250CFBB8" wp14:noSpellErr="1">
+      <w:pPr>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeTint="FF" w:themeShade="80"/>
-[...31 lines deleted...]
-          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeTint="FF" w:themeShade="80"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
-[...3 lines deleted...]
-          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeTint="FF" w:themeShade="80"/>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>CHRISTIAN TANNAHILL</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="1D4B74F9" wp14:textId="0288B38D">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Full</w:t>
       </w:r>
-      <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
-[...67 lines deleted...]
-        <w:ind w:left="210"/>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stack Software Engineer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4862A88D" w:rsidP="2B354879" w:rsidRDefault="4862A88D" w14:paraId="3EDBE813" w14:textId="1183B211">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
-[...8 lines deleted...]
-          <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Email</w:t>
-[...23 lines deleted...]
-        <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
+      </w:pPr>
+      <w:hyperlink r:id="Rcc3cb3e79f084f86">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>christiantannahill2@gmail.com</w:t>
+          <w:t>Email</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
-[...29 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>LinkedIn</w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R85ffaba87602438a">
-        <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
+      <w:r w:rsidRPr="2B354879" w:rsidR="254F707E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="Ra89b7b16172a453a">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>linkedin.com/in/</w:t>
+          <w:t>LinkedIn</w:t>
         </w:r>
-        <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
+      </w:hyperlink>
+      <w:r w:rsidRPr="2B354879" w:rsidR="5CE56B72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="005B2552">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="5CE56B72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="R22df70ccf159467e">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>christian-</w:t>
+          <w:t>GitHub</w:t>
         </w:r>
-        <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
+      </w:hyperlink>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="57F6B399">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>|</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="Rf939261015254f0f">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="20"/>
-            <w:szCs w:val="20"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>tannahill</w:t>
+          <w:t>Portfolio</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005B73E8" w:rsidP="69CCA7D0" w:rsidRDefault="00E356E1" w14:paraId="61AB4DC8" wp14:textId="1A4424DA">
-[...14 lines deleted...]
-          <w:color w:val="auto"/>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="3B5C4376" wp14:paraId="045FD4E4" wp14:textId="70D113CD">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="60" w:beforeAutospacing="off" w:after="60" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="3A576E1E">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SUMMARY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="44748E0A" w:rsidP="2B354879" w:rsidRDefault="44748E0A" w14:paraId="49E5CB89" w14:textId="14AF293A">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Full</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stack engineer with ~3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>years</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> building production software and a year shipping large, data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>heavy platforms solo. I design and deploy end</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>end systems</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="1451E5A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AWS serverless pipelines, normalized Postgres + DynamoDB models, and fast Next.js/React frontends. Recent work includes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>TrendDev</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20+ Lambda job</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">market analytics + resume AI) and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>LegisTrack</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (federal tracking with ultra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>low</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="44748E0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cost LLM summaries).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2B354879" w:rsidP="2B354879" w:rsidRDefault="2B354879" w14:paraId="352F487B" w14:textId="2E4FB63E">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>GitHub</w:t>
-[...7 lines deleted...]
-          <w:szCs w:val="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="4862A88D" w:rsidP="3B5C4376" w:rsidRDefault="4862A88D" w14:paraId="21041F66" w14:textId="7C649CF3">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="60" w:beforeAutospacing="off" w:after="60" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="3A576E1E">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>TECHNICAL SKILLS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6BCA2" w:rsidP="2B354879" w:rsidRDefault="00E6BCA2" w14:paraId="2CEA5D60" w14:textId="78412810">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="074F6A" w:themeColor="accent4" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Languages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00E356E1">
-[...6 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> TypeScript, Python, C#, SQL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6BCA2" w:rsidP="2B354879" w:rsidRDefault="00E6BCA2" w14:paraId="717760B1" w14:textId="24ED8A05">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="074F6A" w:themeColor="accent4" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Frontend</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> React, Next.js, Vite, Tailwind, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>TanStack</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Query, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Zustand</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="17C79546">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R27aac1a51e614590">
-[...22 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="126AC836">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E356E1">
-[...12 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Redux, Recharts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="59237954" w:rsidP="6605B405" w:rsidRDefault="59237954" w14:paraId="189AA7EF" w14:textId="05824A7D">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="59237954">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="074F6A" w:themeColor="accent4" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Backend/Cloud</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="59237954">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="59237954">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AWS (Lambda, API Gateway, S3, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="59237954">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EventBridge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="59237954">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Cognito, SAM, CDK), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="59237954">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>FastAPI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="59237954">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, Node.js, Prisma</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E6BCA2" w:rsidP="2B354879" w:rsidRDefault="00E6BCA2" w14:paraId="1F455E27" w14:textId="2B02D691">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="074F6A" w:themeColor="accent4" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Datastores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Postgres (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Supabase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="567232E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="69CCA7D0" w:rsidR="00E356E1">
-[...26 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="4CB7719E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="R5217920cc45e46d7">
-[...211 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+      <w:r w:rsidRPr="6605B405" w:rsidR="15ECE28B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Neon), DynamoDB, MSSQL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="7561A61A" w:rsidP="6605B405" w:rsidRDefault="7561A61A" w14:paraId="350DD73D" w14:textId="25312719">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i w:val="0"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="7561A61A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="074F6A" w:themeColor="accent4" w:themeTint="FF" w:themeShade="80"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>DevOps &amp; Tools</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="7561A61A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="7561A61A">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i w:val="0"/>
-[...476 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005B73E8" w:rsidP="6F1EC2E2" w:rsidRDefault="00E356E1" w14:paraId="26212451" wp14:textId="4A3A22FF">
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Docker, Git, GitHub Actions, GitLab CI, Bash, Linux (Ubuntu)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2B354879" w:rsidP="2B354879" w:rsidRDefault="2B354879" w14:paraId="60F07FC5" w14:textId="3E011A9C">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:hanging="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="3B5C4376" wp14:paraId="154B0593" wp14:textId="452562E7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:keepNext w:val="0"/>
-[...204 lines deleted...]
-          <w:spacing w:val="-11"/>
+        <w:spacing w:before="60" w:beforeAutospacing="off" w:after="60" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="77F23857">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>PROFESSIONAL EXPERIENCE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="38C2627B" w:rsidP="6605B405" w:rsidRDefault="38C2627B" w14:paraId="1AEA0931" w14:textId="1C073A95">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:bidi w:val="0"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="38C2627B">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Programmer</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="54F1CEDA" wp14:textId="369193AA">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>AnswerNet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="69CCA7D0" w:rsidR="148749AD">
-[...8 lines deleted...]
-          <w:spacing w:val="-10"/>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Remote</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="720FFEDB" wp14:textId="1F5F1E7B">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nov 2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Apr 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="69CCA7D0" w:rsidR="148749AD">
-[...1706 lines deleted...]
-    <w:p w:rsidR="7C06BF80" w:rsidP="6F1EC2E2" w:rsidRDefault="7C06BF80" w14:paraId="2631BCE7" w14:textId="225BF3AB">
+    </w:p>
+    <w:p w:rsidR="536ACCE8" w:rsidP="2B354879" w:rsidRDefault="536ACCE8" w14:paraId="1FF04A46" w14:textId="5C7C5D01">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="off" w:after="100" w:afterAutospacing="off"/>
-[...245 lines deleted...]
-    <w:p w:rsidR="7C06BF80" w:rsidP="6F1EC2E2" w:rsidRDefault="7C06BF80" w14:paraId="09D9AD4C" w14:textId="45B264C3">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1802163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Built and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1802163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1802163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .NET ETL pipelines processing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="3728F00B">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>multi-thousand</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1802163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="427510B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> records </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1802163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>da</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1AE192EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ily</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1802163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> across 46 campaigns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="1802163C">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, automating SFTP ingestion + validation to cut manual ops by ~70%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="4C464BF8" w:rsidP="33A94B7D" w:rsidRDefault="4C464BF8" w14:paraId="36BF6B6C" w14:textId="696AC90A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="off" w:after="100" w:afterAutospacing="off"/>
-[...117 lines deleted...]
-    <w:p w:rsidR="4AF5E0D4" w:rsidP="6F1EC2E2" w:rsidRDefault="4AF5E0D4" w14:paraId="5C0B0ECD" w14:textId="160B3E68">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="4C464BF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Designed and supported internal + partner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="5B3105D0">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="4C464BF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">facing APIs, including legacy integration layers, improving delivery </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="4C464BF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>reliability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="4C464BF8">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and reducing turnaround for new campaigns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3BE6E95D" w:rsidP="33A94B7D" w:rsidRDefault="3BE6E95D" w14:paraId="1459AA65" w14:textId="0BD1ACBC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="off" w:after="100" w:afterAutospacing="off"/>
-[...55 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="3BE6E95D">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Added record-level safe-fail + alerting and partnered with campaign managers to ship fixes on aggressive timelines, reducing batch </w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="3BE6E95D">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>downtime by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="33A94B7D" w:rsidR="3BE6E95D">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ~40%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="33A94B7D" w:rsidP="33A94B7D" w:rsidRDefault="33A94B7D" w14:paraId="43DE2DBB" w14:textId="309AF992">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="3B5C4376" wp14:paraId="55885149" wp14:textId="5425FA5C">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="60" w:beforeAutospacing="off" w:after="60" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="6605B405" w:rsidR="77F23857">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INDEPENDENT SOFTWARE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="1234B055">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ENGINEERING </w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="77F23857">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="6605B405" w:rsidR="12EA3529">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DEPLOYED PLATFORMS)</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="1509872F" wp14:textId="1F3392FB">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apr 2024 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Present</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="354B572A" wp14:textId="6D25CC70">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>TrendDev</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6F1EC2E2" w:rsidR="4AF5E0D4">
-[...105 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Powered Job Market Analytics Platform</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="1673C5A4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="6F1EC2E2" w:rsidR="23913188">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="6F1EC2E2" w:rsidR="23913188">
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="1673C5A4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="R9cce51166a4340ff">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
-[...4 lines deleted...]
-            <w:lang w:val="en-US"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>Github</w:t>
+          <w:t>GitHub</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6F1EC2E2" w:rsidR="23913188">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="6F1EC2E2" w:rsidR="23913188">
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:hyperlink r:id="R35d5c60c42784446">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
-[...4 lines deleted...]
-            <w:lang w:val="en-US"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>Live Site</w:t>
         </w:r>
-        <w:r>
-[...1 lines deleted...]
-        </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="6F1EC2E2" w:rsidR="47B6461E">
-[...20 lines deleted...]
-    <w:p w:rsidR="690071C5" w:rsidP="6F1EC2E2" w:rsidRDefault="690071C5" w14:paraId="70A72513" w14:textId="69DDA1EC">
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="36F8A8FB" wp14:textId="0593785F">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="off" w:after="100" w:afterAutospacing="off"/>
-[...79 lines deleted...]
-    <w:p w:rsidR="45ADC46B" w:rsidP="6F1EC2E2" w:rsidRDefault="45ADC46B" w14:paraId="6FE8E815" w14:textId="3549EDEC">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Architected a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>multi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>service AWS serverless platform (20+ Lambdas, 5 API Gateways, Cognito auth, 10+ DynamoDB tables + Neon/Postgres)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powering daily ingestion and analytics of tech job postings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="2F4E6820" wp14:textId="236D3F6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="off" w:after="100" w:afterAutospacing="off"/>
-[...97 lines deleted...]
-    <w:p w:rsidR="43C9EC30" w:rsidP="6F1EC2E2" w:rsidRDefault="43C9EC30" w14:paraId="099211C3" w14:textId="6C28DF05">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Built an event</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">driven ingestion pipeline with Lambda + </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EventBridge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + S3 + DynamoDB that processes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>thousands of postings/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>day</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, normalizes skills (~7k unique technologies), and generates trend + salary analytics in near</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>real time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="18B1ED18" wp14:textId="418DC7CF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:before="100" w:beforeAutospacing="off" w:after="100" w:afterAutospacing="off"/>
-[...343 lines deleted...]
-    <w:p w:rsidR="4D57D36A" w:rsidP="6F1EC2E2" w:rsidRDefault="4D57D36A" w14:paraId="145F443E" w14:textId="66547FF1">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Implemented AI resume insights using Bedrock Nova + custom normalizers to produce role</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">fit scores, salary anchors, and skill ROI; supports </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>multi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resume management, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>presigned</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uploads, and async processing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="4F8AF328" wp14:textId="3BF70CD4">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:tabs>
-[...105 lines deleted...]
-    <w:p w:rsidR="0A5F442A" w:rsidP="6F1EC2E2" w:rsidRDefault="0A5F442A" w14:paraId="18043430" w14:textId="13AD0A5A">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Designed and shipped a React/TypeScript/Vite dashboard with reusable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>component</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> architecture, filtering/search across </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="57F73803">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>0+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="79B2E2F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> high signal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> technologies</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, responsive layouts, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vitest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unit coverage for critical UI + services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="042C0D97" wp14:textId="57F17522">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...58 lines deleted...]
-    <w:p w:rsidR="4D57D36A" w:rsidP="6F1EC2E2" w:rsidRDefault="4D57D36A" w14:paraId="67A6012E" w14:textId="1AA6D658">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Achieved </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>95</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>100 Lighthouse performance scores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> across key routes despite data</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="004EC38E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>heavy visualizations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="713FA1FD" wp14:textId="1EA0C5E1">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>LegisTrack</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="71ECDCB8">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>U.S. Federal Legislation Tracker</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="16D1241D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="16D1241D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="R9a42146af25c461b">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>GitHub</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> | </w:t>
+      </w:r>
+      <w:hyperlink r:id="Ra59910fc37924e5d">
+        <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Live Site</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="2F6EBE0B" w:rsidP="2B354879" w:rsidRDefault="2F6EBE0B" w14:paraId="173CD5DA" w14:textId="7959B0DE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...69 lines deleted...]
-    <w:p w:rsidR="4D57D36A" w:rsidP="6F1EC2E2" w:rsidRDefault="4D57D36A" w14:paraId="415043C3" w14:textId="6D530639">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Built a Next.js 15 + Prisma/Postgres platform that ingests and tracks U.S. bills + executive orders, exposing searchable, categorized legislative timelines.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2F6EBE0B" w:rsidP="2B354879" w:rsidRDefault="2F6EBE0B" w14:paraId="7273B1F3" w14:textId="0A5C6B09">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...103 lines deleted...]
-    <w:p w:rsidR="4D57D36A" w:rsidP="6F1EC2E2" w:rsidRDefault="4D57D36A" w14:paraId="4477871F" w14:textId="0E986C8D">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Designed a normalized relational schema (bills, actions, sponsors, votes, companion bills, categories) and optimized indexes/queries for fast filtering on large datasets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2F6EBE0B" w:rsidP="2B354879" w:rsidRDefault="2F6EBE0B" w14:paraId="436E7FC0" w14:textId="5A8E7A06">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorAscii"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Implemented automated ingestion + summarization workflows (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Inngest</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> → AWS Lambda migration) with retries/DLQ patterns and strict rate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>limit handling.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2F6EBE0B" w:rsidP="2B354879" w:rsidRDefault="2F6EBE0B" w14:paraId="7318DCB3" w14:textId="553B9424">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Integrated multi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provider LLM summarization (Claude, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OpenRouter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, OpenAI) with caching + model adapters, producing plain</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">English summaries at </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>sub</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>cent cost per bill</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2F6EBE0B" w:rsidP="2B354879" w:rsidRDefault="2F6EBE0B" w14:paraId="72EEE138" w14:textId="3BF18BFC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:i w:val="0"/>
-[...42 lines deleted...]
-          <w:spacing w:val="-7"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deployed to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Vercel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="2F6EBE0B">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with monitoring scripts and regression checks for data completeness and search stability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="3CFE7F31" w:rsidP="3B5C4376" w:rsidRDefault="3CFE7F31" w14:paraId="45C64E11" w14:textId="4F94E229">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="1FF06585">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ADDITIONAL PROJECTS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>PyImageConvrt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (deployed Next.js + </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>FastAPI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> product), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Schemantic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>npm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E356E1">
-[...33 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005B73E8" w:rsidP="6F1EC2E2" w:rsidRDefault="00E356E1" w14:paraId="34BC0763" wp14:textId="60AFDA6B">
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>OpenAPI→TS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> generator w/ plugin system), Code</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="3C8A86D9">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="75695AAB">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Evo (AI repo analyzer), Farm (scaffolding CLI + docs).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2B354879" w:rsidP="2B354879" w:rsidRDefault="2B354879" w14:paraId="7E73F644" w14:textId="2B148DFB">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:spacing w:before="75"/>
-[...74 lines deleted...]
-    <w:p w:rsidR="03B22BEB" w:rsidP="3E222C43" w:rsidRDefault="03B22BEB" w14:paraId="5520162B" w14:textId="2CA476F4">
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="3B5C4376" wp14:paraId="09B7D55C" wp14:textId="56EA6AC8">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="60" w:beforeAutospacing="off" w:after="60" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="3B5C4376" w:rsidR="3A576E1E">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SELECTED PROJECTS &amp; CAPSTONE</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="7F8676B9" wp14:textId="5B02E760">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Carte </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Food Ordering &amp; Analytics Platform (Capstone MVP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="44C37657" wp14:textId="461BC42F">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sabio Full Stack Bootcamp · Aug 2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nov 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="08AC1372" w:rsidP="2B354879" w:rsidRDefault="08AC1372" w14:paraId="05FE67A8" w14:textId="3970E841">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:tabs>
-[...66 lines deleted...]
-    <w:p w:rsidR="00B5D8F3" w:rsidP="3E222C43" w:rsidRDefault="00B5D8F3" w14:paraId="741A1F76" w14:textId="7D82ADAA">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="432" w:hanging="216"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="08AC1372">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Built a .NET + React food-ordering MVP with SQL stored-proc analytics and Stripe checkout.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="2B354879" w:rsidP="2B354879" w:rsidRDefault="2B354879" w14:paraId="522E085E" w14:textId="2579C68E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-        <w:numPr>
-[...321 lines deleted...]
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005B73E8" w:rsidP="6F1EC2E2" w:rsidRDefault="00E356E1" w14:paraId="65D5A021" wp14:textId="1CB752F2">
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="42F5F014" wp14:textId="1A426657">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:tabs>
-[...22 lines deleted...]
-          <w:color w:val="1F4E79" w:themeColor="accent5" w:themeTint="FF" w:themeShade="80"/>
+        <w:spacing w:before="80" w:beforeAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CERTIFICATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidR="005B73E8" w:rsidP="69CCA7D0" w:rsidRDefault="00E356E1" w14:paraId="0358B426" wp14:textId="1BB252EB">
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="786C6709" wp14:textId="02408DB9">
       <w:pPr>
         <w:pStyle w:val="Normal"/>
-        <w:tabs>
-[...83 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Full Stack Software Development Bootcamp </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="69CCA7D0" w:rsidR="29A7E9C4">
-[...36 lines deleted...]
-    <w:sectPr w:rsidR="005B73E8">
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sabio</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="5141D0C7" wp14:textId="13C18F35">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Los Angeles, CA · July 2022 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nov 2022</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="18F957E7" wp14:textId="4E09DA12">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Completed 530+ hours of intensive training in ReactJS, .NET, SQL, and modern web development practices. Mentored peers and contributed to business</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="624C8BF4">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="2B354879" w:rsidR="4862A88D">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>critical projects during the program.</w:t>
+      </w:r>
+    </w:p>
+    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="2B354879" wp14:paraId="2C078E63" wp14:textId="041871DB" wp14:noSpellErr="1">
+      <w:pPr>
+        <w:spacing w:before="20" w:beforeAutospacing="off" w:after="20" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr>
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
-      <w:pgMar w:top="1320" w:right="1080" w:bottom="280" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Symbol">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:panose1 w:val="020B0004020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...6 lines deleted...]
-  <w:font w:name="Courier New">
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
+  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...39 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...20 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
   <int2:observations>
-    <int2:textHash int2:hashCode="WH9OKUYtmPbTqA" int2:id="h9HsHX3B">
+    <int2:textHash int2:hashCode="Wy+zJ2jpTfKzEM" int2:id="JmYtoJtn">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="ZgBR0VrGTOxwTP" int2:id="ZwPRvtkT">
+    <int2:textHash int2:hashCode="n9Ld211Mq0Tuoj" int2:id="xSOfYTPD">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="b9IcwoY5LCK81O" int2:id="AXwppC0N">
+    <int2:textHash int2:hashCode="EJUfFkbxeD5GTd" int2:id="vPJWyo6S">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="DD8yibuWZ1Xc3c" int2:id="NeS3dIWl">
+    <int2:textHash int2:hashCode="QaE3PO8qcDq0UT" int2:id="PtTQSRFK">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="Wy+zJ2jpTfKzEM" int2:id="coWYiMxb">
+    <int2:textHash int2:hashCode="ADEdPkMFV8eqt5" int2:id="OCzZKX04">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="EJUfFkbxeD5GTd" int2:id="sBDYapg0">
+    <int2:textHash int2:hashCode="WH9OKUYtmPbTqA" int2:id="HdvwNaxV">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="GjEfQheEU/fJe1" int2:id="rCHg6oK8">
+    <int2:textHash int2:hashCode="wrUsCm5P4m7Tmk" int2:id="akfu2QQr">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
-    <int2:textHash int2:hashCode="fVJm6ZdDMnN3FI" int2:id="FjDVvyGG">
-[...14 lines deleted...]
-    <int2:textHash int2:hashCode="toCpXjft3yC/c0" int2:id="ew5NnPtl">
+    <int2:textHash int2:hashCode="DD8yibuWZ1Xc3c" int2:id="x2T7JauI">
       <int2:state int2:type="spell" int2:value="Rejected"/>
     </int2:textHash>
   </int2:observations>
   <int2:intelligenceSettings/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="7be05a26"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="5">
+    <w:nsid w:val="6b4bb353"/>
     <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
@@ -5589,52 +2992,52 @@
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="6">
-    <w:nsid w:val="776cdfb"/>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="4">
+    <w:nsid w:val="239225f3"/>
     <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
@@ -5701,52 +3104,52 @@
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="5">
-    <w:nsid w:val="9924a4f"/>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="3">
+    <w:nsid w:val="443fd4b4"/>
     <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
@@ -5813,52 +3216,52 @@
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="4">
-    <w:nsid w:val="615f67d6"/>
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="2">
+    <w:nsid w:val="339d79fb"/>
     <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
@@ -5925,854 +3328,388 @@
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-[...315 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
+    <w:nsid w:val="18858281"/>
+    <w:multiLevelType xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:val="hybridMultilevel"/>
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8">
+    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="8">
-[...5 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="1">
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-[...5 lines deleted...]
-  <w:num w:numId="4">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:view w:val="normal"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
   <w:zoom w:percent="100"/>
-  <w:attachedTemplate r:id="rId1"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
-  <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005B73E8"/>
-[...286 lines deleted...]
-    <w:rsid w:val="7F91137D"/>
+    <w:rsidRoot w:val="5B9EA17E"/>
+    <w:rsid w:val="001D9AEE"/>
+    <w:rsid w:val="004EC38E"/>
+    <w:rsid w:val="0059979A"/>
+    <w:rsid w:val="005B2552"/>
+    <w:rsid w:val="00E6BCA2"/>
+    <w:rsid w:val="03455472"/>
+    <w:rsid w:val="0391C90C"/>
+    <w:rsid w:val="044EAE8C"/>
+    <w:rsid w:val="04EE3F2C"/>
+    <w:rsid w:val="05C812F4"/>
+    <w:rsid w:val="06950B5D"/>
+    <w:rsid w:val="070E5A05"/>
+    <w:rsid w:val="08081CA8"/>
+    <w:rsid w:val="08AC1372"/>
+    <w:rsid w:val="0A914C65"/>
+    <w:rsid w:val="0B529955"/>
+    <w:rsid w:val="0E07DBDF"/>
+    <w:rsid w:val="1234B055"/>
+    <w:rsid w:val="126AC836"/>
+    <w:rsid w:val="1288F47A"/>
+    <w:rsid w:val="12E8A06D"/>
+    <w:rsid w:val="12EA3529"/>
+    <w:rsid w:val="135291EE"/>
+    <w:rsid w:val="1451E5A2"/>
+    <w:rsid w:val="15A1AFAE"/>
+    <w:rsid w:val="15ECE28B"/>
+    <w:rsid w:val="1673C5A4"/>
+    <w:rsid w:val="16D1241D"/>
+    <w:rsid w:val="17AE09AD"/>
+    <w:rsid w:val="17C79546"/>
+    <w:rsid w:val="1802163C"/>
+    <w:rsid w:val="1877DA0D"/>
+    <w:rsid w:val="1AE192EE"/>
+    <w:rsid w:val="1AF5DEF3"/>
+    <w:rsid w:val="1B292B66"/>
+    <w:rsid w:val="1BC74836"/>
+    <w:rsid w:val="1EED51DD"/>
+    <w:rsid w:val="1F4E164A"/>
+    <w:rsid w:val="1FF06585"/>
+    <w:rsid w:val="2034146F"/>
+    <w:rsid w:val="208EECE0"/>
+    <w:rsid w:val="229680BF"/>
+    <w:rsid w:val="2313BF01"/>
+    <w:rsid w:val="254F707E"/>
+    <w:rsid w:val="2722F75A"/>
+    <w:rsid w:val="2738DF92"/>
+    <w:rsid w:val="285365FB"/>
+    <w:rsid w:val="2A3C2B6F"/>
+    <w:rsid w:val="2B354879"/>
+    <w:rsid w:val="2C021117"/>
+    <w:rsid w:val="2C0E332E"/>
+    <w:rsid w:val="2DCE1E73"/>
+    <w:rsid w:val="2F6EBE0B"/>
+    <w:rsid w:val="3020C00B"/>
+    <w:rsid w:val="3161DEC0"/>
+    <w:rsid w:val="319B92AA"/>
+    <w:rsid w:val="33A94B7D"/>
+    <w:rsid w:val="34035620"/>
+    <w:rsid w:val="35D5518E"/>
+    <w:rsid w:val="369B7BCC"/>
+    <w:rsid w:val="3728F00B"/>
+    <w:rsid w:val="37A49418"/>
+    <w:rsid w:val="38BDD8B8"/>
+    <w:rsid w:val="38C2627B"/>
+    <w:rsid w:val="395F1B70"/>
+    <w:rsid w:val="3A576E1E"/>
+    <w:rsid w:val="3AADCCF4"/>
+    <w:rsid w:val="3AE5C070"/>
+    <w:rsid w:val="3B5C4376"/>
+    <w:rsid w:val="3BE6E95D"/>
+    <w:rsid w:val="3C8A86D9"/>
+    <w:rsid w:val="3C97A8D1"/>
+    <w:rsid w:val="3CFE7F31"/>
+    <w:rsid w:val="3D6AAD2F"/>
+    <w:rsid w:val="4099DEF3"/>
+    <w:rsid w:val="41ACF78C"/>
+    <w:rsid w:val="427510B4"/>
+    <w:rsid w:val="432392DD"/>
+    <w:rsid w:val="44748E0A"/>
+    <w:rsid w:val="4652E589"/>
+    <w:rsid w:val="46851AC4"/>
+    <w:rsid w:val="4862A88D"/>
+    <w:rsid w:val="4C464BF8"/>
+    <w:rsid w:val="4CB7719E"/>
+    <w:rsid w:val="4CC03C3F"/>
+    <w:rsid w:val="51E9B3F0"/>
+    <w:rsid w:val="536ACCE8"/>
+    <w:rsid w:val="54938707"/>
+    <w:rsid w:val="559DC5B4"/>
+    <w:rsid w:val="567232E7"/>
+    <w:rsid w:val="57F6B399"/>
+    <w:rsid w:val="57F73803"/>
+    <w:rsid w:val="58F1F44D"/>
+    <w:rsid w:val="59237954"/>
+    <w:rsid w:val="5AC0EEEA"/>
+    <w:rsid w:val="5B2C5404"/>
+    <w:rsid w:val="5B3105D0"/>
+    <w:rsid w:val="5B9EA17E"/>
+    <w:rsid w:val="5BF52C68"/>
+    <w:rsid w:val="5CE56B72"/>
+    <w:rsid w:val="5D8B0BC0"/>
+    <w:rsid w:val="5DDDF240"/>
+    <w:rsid w:val="5DEE3B1B"/>
+    <w:rsid w:val="5E3A0593"/>
+    <w:rsid w:val="5F8F74BA"/>
+    <w:rsid w:val="5FD3C0FE"/>
+    <w:rsid w:val="6043C507"/>
+    <w:rsid w:val="621E47E7"/>
+    <w:rsid w:val="624C8BF4"/>
+    <w:rsid w:val="65383855"/>
+    <w:rsid w:val="655D06A3"/>
+    <w:rsid w:val="658466F7"/>
+    <w:rsid w:val="6605B405"/>
+    <w:rsid w:val="667C7112"/>
+    <w:rsid w:val="67BC29CD"/>
+    <w:rsid w:val="68B41273"/>
+    <w:rsid w:val="6B0E673D"/>
+    <w:rsid w:val="6B8DD624"/>
+    <w:rsid w:val="6C507F4B"/>
+    <w:rsid w:val="6C587C2D"/>
+    <w:rsid w:val="6DA14C42"/>
+    <w:rsid w:val="6E1130F5"/>
+    <w:rsid w:val="6E18642F"/>
+    <w:rsid w:val="6EF197BB"/>
+    <w:rsid w:val="6FC61955"/>
+    <w:rsid w:val="6FEC240F"/>
+    <w:rsid w:val="7073CE52"/>
+    <w:rsid w:val="71ECDCB8"/>
+    <w:rsid w:val="726E4627"/>
+    <w:rsid w:val="72A20993"/>
+    <w:rsid w:val="7315441C"/>
+    <w:rsid w:val="731FDB12"/>
+    <w:rsid w:val="733205CF"/>
+    <w:rsid w:val="73AEB1BB"/>
+    <w:rsid w:val="74EA8F00"/>
+    <w:rsid w:val="7561A61A"/>
+    <w:rsid w:val="75695AAB"/>
+    <w:rsid w:val="7723FE8B"/>
+    <w:rsid w:val="77F23857"/>
+    <w:rsid w:val="78FD2BCD"/>
+    <w:rsid w:val="7976C102"/>
+    <w:rsid w:val="79B2E2F7"/>
+    <w:rsid w:val="79F2A386"/>
+    <w:rsid w:val="7DF4DAE4"/>
+    <w:rsid w:val="7ED50002"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="2FD3755A"/>
-  <w15:docId w15:val="{5A559BEB-10D6-4E6F-B790-B4DB597C2F2F}"/>
+  <w14:docId w14:val="5B9EA17E"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{C50E00C8-28F3-48DF-B5CA-7DD267686B14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Arial"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7100,418 +4037,312 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:pPr>
-[...78 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Standard" w:customStyle="1">
-    <w:name w:val="Standard"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:uiPriority w:val="34"/>
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="2B354879"/>
+    <w:pPr>
+      <w:spacing/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading" w:customStyle="1">
-[...2 lines deleted...]
-    <w:next w:val="Textbody"/>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:uiPriority w:val="9"/>
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="2B354879"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:eastAsia="" w:cs="" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeTint="FF" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
     <w:pPr>
-      <w:keepNext/>
-      <w:spacing w:before="240" w:after="120"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:uiPriority w:val="9"/>
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="2B354879"/>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="MS Gothic" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Aptos Display" w:hAnsi="Aptos Display" w:eastAsia="" w:cs="" w:asciiTheme="majorAscii" w:hAnsiTheme="majorAscii" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeTint="FF" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:uiPriority w:val="9"/>
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="2B354879"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="" w:cs="" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeTint="FF" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="56"/>
-[...28 lines deleted...]
-      <w:ind w:left="510" w:right="261" w:hanging="225"/>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableParagraph" w:customStyle="1">
-    <w:name w:val="Table Paragraph"/>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:uiPriority w:val="9"/>
+    <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
-  </w:style>
-[...2 lines deleted...]
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:next w:val="Normal"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="2B354879"/>
     <w:rPr>
-      <w:rFonts w:eastAsia="MS Gothic" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:eastAsia="" w:cs="" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeTint="FF" w:themeShade="BF"/>
     </w:rPr>
-  </w:style>
-[...8 lines deleted...]
-    </w:rPr>
+    <w:pPr>
+      <w:keepNext w:val="1"/>
+      <w:keepLines w:val="1"/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
+    <w:uiPriority w:val="99"/>
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="2B354879"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-[...6 lines deleted...]
-      <w:color w:val="000080"/>
+      <w:color w:val="467886"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId4" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R01e3e04bb3424197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christiantannahill2@gmail.com" TargetMode="External" Id="Rca8aeb7052cd46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/christian-tannahill/" TargetMode="External" Id="R85ffaba87602438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Cstannahill" TargetMode="External" Id="R27aac1a51e614590" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cstannahill-software-dev.vercel.app/en" TargetMode="External" Id="R5217920cc45e46d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Cstannahill/job-market-analyzer" TargetMode="External" Id="Rca4d76892b604a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://main.d2qk81z2cubp0y.amplifyapp.com/" TargetMode="External" Id="Rd1ce3e0d3aee479a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Cstannahill/legistrack" TargetMode="External" Id="R96be2e30ff334739" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legistrack.vercel.app/" TargetMode="External" Id="R5b7f216dd13d4f84" /></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="Normal.dotm" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto: christiantannahill2@gmail.com" TargetMode="External" Id="Rcc3cb3e79f084f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/christian-tannahill" TargetMode="External" Id="Ra89b7b16172a453a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Cstannahill" TargetMode="External" Id="R22df70ccf159467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cstannahill-software-dev.vercel.app/en" TargetMode="External" Id="Rf939261015254f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Cstannahill/job-market-analyzer" TargetMode="External" Id="R9cce51166a4340ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://main.d2qk81z2cubp0y.amplifyapp.com/" TargetMode="External" Id="R35d5c60c42784446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://github.com/Cstannahill/legistrack" TargetMode="External" Id="R9a42146af25c461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://legistrack.vercel.app/" TargetMode="External" Id="Ra59910fc37924e5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="R50375bddd5e64ac3" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R67cf4d47973f4568" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
+<a:theme xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7620,63 +4451,49 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:Template>Normal.dotm</ap:Template>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
-  <dc:title>Christian Tannahill - Resume</dc:title>
-[...1 lines deleted...]
-  <revision>12</revision>
+  <dc:title/>
+  <dc:subject/>
+  <keywords/>
+  <dc:description/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:creator>Christian Tannahill</dc:creator>
+  <lastModifiedBy>Christian Tannahill</lastModifiedBy>
 </coreProperties>
 </file>
-
-[...15 lines deleted...]
-</file>